--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Вулкан» Vs «Полиметалл»</t>
   </si>
   <si>
     <t>Кубок Амура 2024 (Первая Лига)</t>
   </si>
   <si>
     <t>СК Амур</t>
   </si>
   <si>
     <t>Дата 06.07.2024</t>
   </si>
   <si>
     <t>Начало 20-15</t>
   </si>
   <si>
     <t>Игра Amur Cup</t>
   </si>
   <si>
     <t>Команда « А » «Вулкан»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -87,65 +87,65 @@
   <si>
     <t>Г</t>
   </si>
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>05-02</t>
   </si>
   <si>
+    <t>Ищенко Павел</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>08-44</t>
+  </si>
+  <si>
     <t>Ушаков Дмитрий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
-    <t>08-44</t>
-[...7 lines deleted...]
-  <si>
     <t>10-23</t>
   </si>
   <si>
     <t>Ясаков Сергей</t>
   </si>
   <si>
     <t>Зорин Никита</t>
   </si>
   <si>
     <t>11-54</t>
   </si>
   <si>
     <t>Бучин Сергей</t>
   </si>
   <si>
     <t>22-50</t>
   </si>
   <si>
     <t>Мельников Вадим</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Рябченко Виталий</t>
@@ -226,53 +226,50 @@
     <t>Глушков Фёдор</t>
   </si>
   <si>
     <t>Долганин Артем</t>
   </si>
   <si>
     <t>Свитко Иван</t>
   </si>
   <si>
     <t>Голенок Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Макаров Александр</t>
   </si>
   <si>
     <t>Харламов Артем</t>
-  </si>
-[...1 lines deleted...]
-    <t>Хогоев Дмитрий</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
@@ -1026,264 +1023,264 @@
       </c>
       <c r="O7" s="6">
         <v>5</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
       </c>
       <c r="Q7" s="6">
         <v>13</v>
       </c>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
         <v>5</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O8" s="6">
         <v>87</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>33</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>14</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6" t="s">
         <v>31</v>
       </c>
       <c r="O9" s="6">
         <v>48</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>5</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>15</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6" t="s">
         <v>33</v>
       </c>
       <c r="O10" s="6">
         <v>15</v>
       </c>
       <c r="P10" s="6">
         <v>2</v>
       </c>
       <c r="Q10" s="6">
         <v>5</v>
       </c>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>29</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>47</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>48</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>55</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>87</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>94</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1653,373 +1650,373 @@
       </c>
       <c r="O30" s="7">
         <v>4</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>4</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="K31" s="7">
         <v>71</v>
       </c>
       <c r="L31" s="7">
         <v>98</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O31" s="7">
         <v>13</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>30</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>5</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K32" s="7">
         <v>22</v>
       </c>
       <c r="L32" s="7">
         <v>28</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>53</v>
       </c>
       <c r="O32" s="7">
         <v>41</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>1</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>13</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>55</v>
       </c>
       <c r="O33" s="7">
         <v>4</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>5</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>16</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O34" s="7">
         <v>100</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>9</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>22</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>28</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>32</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>41</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>71</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>98</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>100</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7"/>
       <c r="B42" s="12"/>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7"/>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
@@ -2326,53 +2323,51 @@
       <c r="G56" s="23" t="s">
         <v>68</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
       <c r="P56" s="23" t="s">
         <v>69</v>
       </c>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
-      <c r="G57" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="P55:S55"/>
     <mergeCell ref="G56:O56"/>
     <mergeCell ref="P56:S56"/>
     <mergeCell ref="G57:O57"/>
     <mergeCell ref="P57:S57"/>
     <mergeCell ref="L52:S52"/>
     <mergeCell ref="A27:K27"/>
     <mergeCell ref="L27:S27"/>
     <mergeCell ref="A1:S1"/>