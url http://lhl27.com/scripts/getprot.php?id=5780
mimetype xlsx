--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -156,54 +156,54 @@
   <si>
     <t>Симаков Михаил</t>
   </si>
   <si>
     <t>Бражников Роман</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДПС»</t>
   </si>
   <si>
     <t>Туптин Никита</t>
   </si>
   <si>
     <t>Салагубов Иван</t>
   </si>
   <si>
     <t>Раденко Михаил</t>
   </si>
   <si>
+    <t>Молофеев Александр</t>
+  </si>
+  <si>
     <t>Локтев Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Молофеев Александр</t>
   </si>
   <si>
     <t>Янчевский Владислав</t>
   </si>
   <si>
     <t>Цыбулько Ян</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
   <si>
     <t>Мерецкий Никита</t>
   </si>
   <si>
     <t>Семергеев Дмитрий</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Маслаков Андрей</t>
   </si>
   <si>
     <t>Катько Андрей</t>
   </si>