--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -183,54 +183,54 @@
   <si>
     <t>05-53</t>
   </si>
   <si>
     <t>Колегов Алексей</t>
   </si>
   <si>
     <t>31-41</t>
   </si>
   <si>
     <t>35-31</t>
   </si>
   <si>
     <t>Никулин Артем</t>
   </si>
   <si>
     <t>36-09</t>
   </si>
   <si>
     <t>Гарбар Сергей</t>
   </si>
   <si>
     <t>41-22</t>
   </si>
   <si>
+    <t>Головочев Денис</t>
+  </si>
+  <si>
     <t>Лакеев Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Головочев Денис</t>
   </si>
   <si>
     <t>Кора Владислав</t>
   </si>
   <si>
     <t>Лихачев Леонид</t>
   </si>
   <si>
     <t>Ершов Денис</t>
   </si>
   <si>
     <t>Русских Дмитрий</t>
   </si>
   <si>
     <t>Первоухин Дмитрий</t>
   </si>
   <si>
     <t>Менщиков Данила</t>
   </si>
   <si>
     <t>Шишков Михаил</t>
   </si>
   <si>
     <t>Ткаченко Роман</t>
   </si>