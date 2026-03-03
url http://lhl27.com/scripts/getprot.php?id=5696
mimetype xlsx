--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -156,96 +156,96 @@
   <si>
     <t>Сорокин Вячеслав</t>
   </si>
   <si>
     <t>Малашенко Сергей</t>
   </si>
   <si>
     <t>Петраков Евгений</t>
   </si>
   <si>
     <t>Копёнкин Михаил</t>
   </si>
   <si>
     <t>Пермяков Павел</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Дружба»</t>
   </si>
   <si>
+    <t>Со Максим</t>
+  </si>
+  <si>
+    <t>15-40</t>
+  </si>
+  <si>
+    <t>20-00</t>
+  </si>
+  <si>
     <t>Шептун Дмитрий</t>
   </si>
   <si>
-    <t>15-40</t>
-[...7 lines deleted...]
-  <si>
     <t>Переверзев Андрей</t>
   </si>
   <si>
     <t>Сологубов Максим</t>
   </si>
   <si>
     <t>Носков Алексей</t>
   </si>
   <si>
     <t>Маскалев Алексей</t>
   </si>
   <si>
     <t>Ким Виктор</t>
   </si>
   <si>
     <t>Петренко Дмитрий</t>
   </si>
   <si>
     <t>Резанов Константин</t>
   </si>
   <si>
     <t>Кичигин Никита</t>
   </si>
   <si>
     <t>Гусак Артем</t>
   </si>
   <si>
     <t>Орлов Роман</t>
   </si>
   <si>
+    <t>Муравьев Данил</t>
+  </si>
+  <si>
     <t>Кондратов Пвел</t>
-  </si>
-[...1 lines deleted...]
-    <t>Муравьев Данил</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Стародворов Роман</t>
   </si>
   <si>
     <t>Иваничкин Иван</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -1588,106 +1588,106 @@
       </c>
       <c r="M29" s="7" t="s">
         <v>16</v>
       </c>
       <c r="N29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O29" s="7" t="s">
         <v>9</v>
       </c>
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>47</v>
       </c>
       <c r="K30" s="7">
         <v>69</v>
       </c>
       <c r="L30" s="7">
         <v>9</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>48</v>
       </c>
       <c r="O30" s="7">
         <v>9</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>23</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>27</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
@@ -1940,78 +1940,78 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>97</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>97</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7"/>
       <c r="B44" s="12"/>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7"/>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>