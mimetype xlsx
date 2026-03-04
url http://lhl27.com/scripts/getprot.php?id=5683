--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -120,57 +120,57 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Садовников Сергей</t>
   </si>
   <si>
     <t>Небрат Денис</t>
   </si>
   <si>
     <t>Потихо Дмитрий</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Смирнов Алексей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Смазнов Руслан</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Невада»</t>
   </si>
   <si>
     <t>Попов Сергей</t>
   </si>
   <si>
     <t>16-23</t>
   </si>
   <si>
     <t>Ванифатьев Артем</t>
   </si>
   <si>
     <t>23-14</t>
   </si>
   <si>
     <t>Бабин Михаил</t>
   </si>
@@ -1173,78 +1173,78 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>98</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>98</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5"/>
       <c r="B17" s="12"/>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
@@ -1779,51 +1779,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>51</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>81</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>