--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -129,57 +129,57 @@
   <si>
     <t>35-42</t>
   </si>
   <si>
     <t>Черкасский Роман</t>
   </si>
   <si>
     <t>27-01</t>
   </si>
   <si>
     <t>43-20</t>
   </si>
   <si>
     <t>Карпусь Владислав</t>
   </si>
   <si>
     <t>28-47</t>
   </si>
   <si>
     <t>Асташов Кирилл</t>
   </si>
   <si>
     <t>29-33</t>
   </si>
   <si>
+    <t>Кузьменко Артем</t>
+  </si>
+  <si>
+    <t>37-01</t>
+  </si>
+  <si>
     <t>Потылицын Артем</t>
-  </si>
-[...4 lines deleted...]
-    <t>Кузьменко Артем</t>
   </si>
   <si>
     <t>39-05</t>
   </si>
   <si>
     <t>Толмаченко Всеволод</t>
   </si>
   <si>
     <t>Кириленко Евгений</t>
   </si>
   <si>
     <t>Савин Николай</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1130,90 +1130,90 @@
       <c r="L9" s="6">
         <v>10</v>
       </c>
       <c r="M9" s="8">
         <v>94</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>15</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H10" s="6">
         <v>6</v>
       </c>
       <c r="I10" s="6">
         <v>-1</v>
       </c>
       <c r="J10" s="6" t="s">
         <v>38</v>
       </c>
       <c r="K10" s="6">
         <v>5</v>
       </c>
       <c r="L10" s="6">
         <v>0</v>
       </c>
       <c r="M10" s="8">
         <v>0</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>15</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H11" s="6">
         <v>7</v>
       </c>
       <c r="I11" s="6"/>
       <c r="J11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K11" s="6">
         <v>10</v>
       </c>
       <c r="L11" s="6">
         <v>11</v>
       </c>
       <c r="M11" s="8">
         <v>13</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">