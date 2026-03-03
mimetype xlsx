--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -186,54 +186,54 @@
   <si>
     <t>19-40</t>
   </si>
   <si>
     <t>Неверов Егор</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>Елисеев Никита</t>
   </si>
   <si>
     <t>Корзов Никита</t>
   </si>
   <si>
     <t>Мандыбура Михаил</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>Буряков Максим</t>
   </si>
   <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
     <t>Ушаков Игорь</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Иваничкин Иван</t>
   </si>
   <si>
     <t>Сухоруков Артем</t>
   </si>
   <si>
     <t>Качесов Олег</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
   <si>
     <t>Линник Никита</t>
   </si>
@@ -1613,51 +1613,51 @@
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>2</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H30" s="7"/>
       <c r="I30" s="7"/>
       <c r="J30" s="7"/>
       <c r="K30" s="7"/>
       <c r="L30" s="7"/>
       <c r="M30" s="7"/>
       <c r="N30" s="7" t="s">
         <v>24</v>
       </c>
       <c r="O30" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>13</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>5</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="7"/>
@@ -1850,88 +1850,88 @@
       <c r="B38" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>87</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>