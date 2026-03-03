--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -153,69 +153,69 @@
   <si>
     <t>Копёнкин Михаил</t>
   </si>
   <si>
     <t>Трубчик Виталий</t>
   </si>
   <si>
     <t>Пермяков Павел</t>
   </si>
   <si>
     <t>Игнатов Дмитрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Дружба»</t>
   </si>
   <si>
+    <t>Со Максим</t>
+  </si>
+  <si>
+    <t>10:45</t>
+  </si>
+  <si>
+    <t>14:00</t>
+  </si>
+  <si>
+    <t>Сизов Дмитрий</t>
+  </si>
+  <si>
+    <t>17:00</t>
+  </si>
+  <si>
+    <t>43:00</t>
+  </si>
+  <si>
     <t>Шептун Дмитрий</t>
-  </si>
-[...16 lines deleted...]
-    <t>Сизов Дмитрий</t>
   </si>
   <si>
     <t>33:00</t>
   </si>
   <si>
     <t>Киселев Алексей</t>
   </si>
   <si>
     <t>Переверзев Андрей</t>
   </si>
   <si>
     <t>Сологубов Максим</t>
   </si>
   <si>
     <t>Носков Алексей</t>
   </si>
   <si>
     <t>Маскалев Алексей</t>
   </si>
   <si>
     <t>Петренко Дмитрий</t>
   </si>
   <si>
     <t>Резанов Константин</t>
   </si>
@@ -1586,151 +1586,151 @@
       </c>
       <c r="M29" s="7" t="s">
         <v>16</v>
       </c>
       <c r="N29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O29" s="7" t="s">
         <v>9</v>
       </c>
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>46</v>
       </c>
       <c r="K30" s="7">
         <v>48</v>
       </c>
       <c r="L30" s="7">
         <v>9</v>
       </c>
       <c r="M30" s="7">
         <v>44</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>47</v>
       </c>
       <c r="O30" s="7">
         <v>97</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>3</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="K31" s="7">
         <v>99</v>
       </c>
       <c r="L31" s="7">
         <v>9</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O31" s="7">
         <v>72</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K32" s="7">
         <v>77</v>
       </c>
       <c r="L32" s="7">
         <v>0</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">