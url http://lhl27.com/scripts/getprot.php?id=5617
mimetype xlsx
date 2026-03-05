--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -114,75 +114,75 @@
   <si>
     <t>02-40</t>
   </si>
   <si>
     <t>Заремба Владимир</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>08-32</t>
   </si>
   <si>
     <t>18-34</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>3x3</t>
   </si>
   <si>
     <t>49-42</t>
   </si>
   <si>
+    <t>Гутов Иван</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>Трофимович Дмитрий</t>
+  </si>
+  <si>
+    <t>Оклей Станислав</t>
+  </si>
+  <si>
     <t>Пешков Алексей</t>
   </si>
   <si>
-    <t>Зщ</t>
-[...10 lines deleted...]
-  <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
+    <t>Ромашков Ярослав</t>
+  </si>
+  <si>
     <t>Семенов Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Ершов Илья</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Шкипер Брук»</t>
   </si>
   <si>
     <t>Сариев Илья</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>19-37</t>
   </si>
@@ -1047,142 +1047,142 @@
       </c>
       <c r="I7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K7" s="6">
         <v>89</v>
       </c>
       <c r="L7" s="6">
         <v>22</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>51</v>
+        <v>77</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>78</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
@@ -1219,78 +1219,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>89</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>89</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>90</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>