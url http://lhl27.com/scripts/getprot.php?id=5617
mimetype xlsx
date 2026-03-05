--- v1 (2026-03-05)
+++ v2 (2026-03-05)
@@ -135,54 +135,54 @@
   <si>
     <t>49-42</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Пешков Алексей</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
+    <t>Семенов Андрей</t>
+  </si>
+  <si>
     <t>Ромашков Ярослав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Семенов Андрей</t>
   </si>
   <si>
     <t>Ершов Илья</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Шкипер Брук»</t>
   </si>
   <si>
     <t>Сариев Илья</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>19-37</t>
   </si>
@@ -1219,78 +1219,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>89</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>89</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>90</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>