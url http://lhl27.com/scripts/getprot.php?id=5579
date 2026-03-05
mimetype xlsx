--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -111,57 +111,57 @@
   <si>
     <t>17-16</t>
   </si>
   <si>
     <t>Башев Владислав</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Садовников Сергей</t>
   </si>
   <si>
     <t>Трунова Наталья</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
+    <t>Смазнов Руслан</t>
+  </si>
+  <si>
     <t>Смирнов Алексей</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Смазнов Руслан</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ресурс»</t>
   </si>
   <si>
     <t>Большаков Дмитрий</t>
   </si>
   <si>
     <t>6-34</t>
   </si>
   <si>
     <t>28-53</t>
   </si>
   <si>
     <t>Филатов Антон</t>
   </si>
   <si>
     <t>11-15</t>
   </si>
@@ -1092,78 +1092,78 @@
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>98</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>98</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5"/>
       <c r="B14" s="12"/>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5"/>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
@@ -1522,51 +1522,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>1</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>38</v>
       </c>
       <c r="K30" s="7">
         <v>7</v>
       </c>
       <c r="L30" s="7">
         <v>12</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>39</v>
       </c>
       <c r="O30" s="7">
         <v>24</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>