--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Восход» Vs «Совкомбанк»</t>
   </si>
   <si>
     <t>2023-2024 Лига Мечты</t>
   </si>
   <si>
     <t>КЦХ</t>
   </si>
   <si>
     <t>Дата 09.03.2024</t>
   </si>
   <si>
     <t>Начало 21.30</t>
   </si>
   <si>
     <t xml:space="preserve">Игра 55/М </t>
   </si>
   <si>
     <t>Команда « А » «Восход»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -108,62 +108,62 @@
   <si>
     <t>02:07</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>Дудурич Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>34:38</t>
   </si>
   <si>
     <t>Лупин Владислав</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>38:39</t>
   </si>
   <si>
+    <t>Политыкин Александр</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
+    <t>41:21</t>
+  </si>
+  <si>
     <t>Спивак Иван</t>
   </si>
   <si>
-    <t>41:21</t>
-[...7 lines deleted...]
-  <si>
     <t>Бурмако Илья</t>
   </si>
   <si>
     <t>Люкшина Аполлинария</t>
   </si>
   <si>
     <t>Вибе Алексей</t>
   </si>
   <si>
     <t>Савва Артём</t>
   </si>
   <si>
     <t>Васильев Александр</t>
   </si>
   <si>
     <t>Золтуев Константин</t>
   </si>
   <si>
     <t>Наделяев Александр</t>
   </si>
   <si>
     <t>Махаринец Артем</t>
   </si>
   <si>
     <t>Михайлов Владимир</t>
@@ -253,53 +253,50 @@
     <t>Гусаренко Сергей</t>
   </si>
   <si>
     <t>Алёхин Ярослав</t>
   </si>
   <si>
     <t>Васильев Алексей</t>
   </si>
   <si>
     <t>Романюк Руслан</t>
   </si>
   <si>
     <t>Быцура Алексей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
-  </si>
-[...1 lines deleted...]
-    <t>Писарев Артем</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
@@ -1084,86 +1081,86 @@
       </c>
       <c r="O8" s="6">
         <v>27</v>
       </c>
       <c r="P8" s="6">
         <v>2</v>
       </c>
       <c r="Q8" s="6">
         <v>6</v>
       </c>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>12</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O9" s="6">
         <v>27</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>9</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>12</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>17</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1470,51 +1467,51 @@
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5">
         <v>75</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5">
         <v>77</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
@@ -1722,51 +1719,51 @@
       </c>
       <c r="O30" s="7">
         <v>88</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>9</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>1</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="K31" s="7">
         <v>88</v>
       </c>
       <c r="L31" s="7">
         <v>25</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
@@ -2403,53 +2400,51 @@
       <c r="P55" s="20" t="s">
         <v>77</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
         <v>78</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
-      <c r="P56" s="23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>
       <c r="K57" s="23"/>
       <c r="L57" s="23"/>
       <c r="M57" s="23"/>
       <c r="N57" s="23"/>
       <c r="O57" s="23"/>
       <c r="P57" s="23"/>
       <c r="Q57" s="23"/>
       <c r="R57" s="23"/>
       <c r="S57" s="23"/>
     </row>