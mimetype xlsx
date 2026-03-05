--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -1506,51 +1506,51 @@
       <c r="B24" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
       <c r="G24" s="5" t="s">
         <v>32</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="8"/>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
       <c r="P24" s="6"/>
       <c r="Q24" s="6"/>
       <c r="R24" s="6"/>
       <c r="S24" s="6"/>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" s="10">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B25" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C25" s="13"/>
       <c r="D25" s="13"/>
       <c r="E25" s="13"/>
       <c r="F25" s="14"/>
       <c r="G25" s="10" t="s">
         <v>26</v>
       </c>
       <c r="H25" s="10"/>
       <c r="I25" s="10"/>
       <c r="J25" s="10"/>
       <c r="K25" s="10"/>
       <c r="L25" s="10"/>
       <c r="M25" s="10"/>
       <c r="N25" s="10"/>
       <c r="O25" s="10"/>
       <c r="P25" s="10"/>
       <c r="Q25" s="10"/>
       <c r="R25" s="10"/>
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">