--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -144,57 +144,57 @@
   <si>
     <t>Потихо Дмитрий</t>
   </si>
   <si>
     <t>Юн Михаил</t>
   </si>
   <si>
     <t>Расщупкин Александр</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Смирнов Алексей</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Смазнов Руслан</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Невада»</t>
   </si>
   <si>
     <t>Попов Сергей</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>32:06</t>
   </si>
   <si>
     <t>Сабанов Майран</t>
   </si>
   <si>
     <t>25:30</t>
   </si>
@@ -1391,78 +1391,78 @@
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>98</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5">
         <v>98</v>
       </c>
       <c r="B23" s="12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5"/>
       <c r="B24" s="12"/>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
       <c r="G24" s="5"/>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
@@ -1867,51 +1867,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>69</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>77</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>