--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -159,96 +159,96 @@
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Тен Алексей</t>
   </si>
   <si>
     <t>Лёушкин Даниил</t>
   </si>
   <si>
     <t>Зоренко Юрий</t>
   </si>
   <si>
     <t>Федоренко Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Центурион»</t>
   </si>
   <si>
+    <t>Коровин Антон</t>
+  </si>
+  <si>
+    <t>15:26</t>
+  </si>
+  <si>
+    <t>11:00</t>
+  </si>
+  <si>
     <t>Заседа Алексей</t>
   </si>
   <si>
-    <t>15:26</t>
-[...7 lines deleted...]
-  <si>
     <t>28:22</t>
   </si>
   <si>
     <t>Селихов Алексей</t>
   </si>
   <si>
     <t>35:28</t>
   </si>
   <si>
     <t>Голощапов Николай</t>
   </si>
   <si>
     <t>Куюмчибашев Данил</t>
   </si>
   <si>
     <t>Мандыбура Михаил</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Франчук Михаил</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Шарабарин Иван</t>
   </si>
   <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
     <t>Ивачев Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Колос Герман</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
     <t>Сухоруков Артем</t>
   </si>
   <si>
     <t>Ягодкин Никита</t>
   </si>
   <si>
     <t>Рудаков Максим</t>
   </si>
   <si>
     <t>Логинов Сергей</t>
   </si>
   <si>
     <t>Баблюк Иван</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
@@ -1642,96 +1642,96 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>9</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>48</v>
       </c>
       <c r="K30" s="7">
         <v>9</v>
       </c>
       <c r="L30" s="7">
         <v>51</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>49</v>
       </c>
       <c r="O30" s="7">
         <v>69</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>2</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>9</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>51</v>
       </c>
       <c r="K31" s="7">
         <v>9</v>
       </c>
       <c r="L31" s="7">
         <v>17</v>
       </c>
       <c r="M31" s="7">
         <v>7</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
@@ -1967,51 +1967,51 @@
       <c r="B40" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">