--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -123,54 +123,54 @@
   <si>
     <t>Куюмчибашев Данил</t>
   </si>
   <si>
     <t>Мандыбура Михаил</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Франчук Михаил</t>
   </si>
   <si>
     <t>Моисеенков Александр</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Шарабарин Иван</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
     <t>Ивачев Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Колос Герман</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
     <t>Феденович Александр</t>
   </si>
   <si>
     <t>Сухоруков Артем</t>
   </si>
   <si>
     <t>Ягодкин Никита</t>
   </si>
   <si>
     <t>Рудаков Максим</t>
   </si>
   <si>
     <t>Шкедов Денис</t>
   </si>
@@ -1212,51 +1212,51 @@
       <c r="B16" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">