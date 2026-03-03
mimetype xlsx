--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -144,57 +144,57 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Боровиков Алексей</t>
   </si>
   <si>
     <t>Кошелев Константин</t>
   </si>
   <si>
     <t>Луговой Дмитрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Ломов Артем</t>
   </si>
   <si>
     <t>Курдыш Андрей</t>
   </si>
   <si>
     <t>Кирпота Андрей</t>
   </si>
   <si>
+    <t>Зокожурников Виталий</t>
+  </si>
+  <si>
+    <t>Никлонский Максим</t>
+  </si>
+  <si>
     <t>Бородин Анатолий</t>
-  </si>
-[...4 lines deleted...]
-    <t>Никлонский Максим</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Львы»</t>
   </si>
   <si>
     <t>Юдин Виталий</t>
   </si>
   <si>
     <t>2:50</t>
   </si>
   <si>
     <t>18:18</t>
   </si>
   <si>
     <t>Маркушев Виктор</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
@@ -1276,115 +1276,115 @@
       <c r="B15" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5"/>
       <c r="B19" s="12"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>