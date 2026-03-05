--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -159,129 +159,129 @@
   <si>
     <t>Боровиков Алексей</t>
   </si>
   <si>
     <t>Кошелев Константин</t>
   </si>
   <si>
     <t>Луговой Дмитрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Ким Василий</t>
   </si>
   <si>
     <t>Ломов Артем</t>
   </si>
   <si>
     <t>Курдыш Андрей</t>
   </si>
   <si>
     <t>Кирпота Андрей</t>
   </si>
   <si>
+    <t>Зокожурников Виталий</t>
+  </si>
+  <si>
+    <t>Никлонский Максим</t>
+  </si>
+  <si>
     <t>Бородин Анатолий</t>
   </si>
   <si>
-    <t>Зокожурников Виталий</t>
-[...4 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Дружба»</t>
   </si>
   <si>
+    <t>Со Максим</t>
+  </si>
+  <si>
+    <t>0:44</t>
+  </si>
+  <si>
+    <t>4:55</t>
+  </si>
+  <si>
     <t>Шептун Дмитрий</t>
   </si>
   <si>
-    <t>0:44</t>
-[...7 lines deleted...]
-  <si>
     <t>1:17</t>
   </si>
   <si>
     <t>Киселев Алексей</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>34:53</t>
   </si>
   <si>
     <t>Переверзев Андрей</t>
   </si>
   <si>
     <t>Сологубов Максим</t>
   </si>
   <si>
     <t>Носков Алексей</t>
   </si>
   <si>
     <t>Маскалев Алексей</t>
   </si>
   <si>
     <t>Кривошенин Олег</t>
   </si>
   <si>
     <t>Ким Виктор</t>
   </si>
   <si>
     <t>Макий Павел</t>
   </si>
   <si>
     <t>Кичигин Никита</t>
   </si>
   <si>
     <t>Гусак Артем</t>
   </si>
   <si>
     <t>Ю Ен</t>
   </si>
   <si>
     <t>Орлов Роман</t>
   </si>
   <si>
+    <t>Муравьев Данил</t>
+  </si>
+  <si>
     <t>Кондратов Пвел</t>
-  </si>
-[...1 lines deleted...]
-    <t>Муравьев Данил</t>
   </si>
   <si>
     <t>Шушпанов Роман</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Попов Илья</t>
   </si>
   <si>
     <t>Хитров Владислав</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1400,115 +1400,115 @@
       <c r="B18" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
         <v>35</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5"/>
       <c r="B22" s="12"/>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
@@ -1689,106 +1689,106 @@
       </c>
       <c r="M29" s="7" t="s">
         <v>16</v>
       </c>
       <c r="N29" s="7" t="s">
         <v>14</v>
       </c>
       <c r="O29" s="7" t="s">
         <v>9</v>
       </c>
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K30" s="7">
         <v>14</v>
       </c>
       <c r="L30" s="7">
         <v>99</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>55</v>
       </c>
       <c r="O30" s="7">
         <v>44</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>2</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K31" s="7">
         <v>7</v>
       </c>
       <c r="L31" s="7">
         <v>0</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
@@ -2117,78 +2117,78 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>97</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>97</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>99</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>