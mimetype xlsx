--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -132,54 +132,54 @@
   <si>
     <t>29:50</t>
   </si>
   <si>
     <t>Прасол Роман</t>
   </si>
   <si>
     <t>Зиновкин Дмитрий</t>
   </si>
   <si>
     <t>Шевчук Игорь</t>
   </si>
   <si>
     <t>Маяков Дмитрий</t>
   </si>
   <si>
     <t>Примаков Тимофей</t>
   </si>
   <si>
     <t>Турчин Василий</t>
   </si>
   <si>
     <t>Малышев Олег</t>
   </si>
   <si>
+    <t>Киселев Сергей</t>
+  </si>
+  <si>
     <t>Киселев Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Киселев Сергей</t>
   </si>
   <si>
     <t>Аникин Олег</t>
   </si>
   <si>
     <t>Голик Антон</t>
   </si>
   <si>
     <t>Сафонов Виктор</t>
   </si>
   <si>
     <t>Глущенко Максим</t>
   </si>
   <si>
     <t>Рачков Николай</t>
   </si>
   <si>
     <t>Башловка Александр</t>
   </si>
   <si>
     <t>Ильин Сергей</t>
   </si>
   <si>
     <t>Кузнецов Владислав</t>
   </si>