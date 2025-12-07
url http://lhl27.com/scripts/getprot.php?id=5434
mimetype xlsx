--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -126,57 +126,57 @@
   <si>
     <t>Кокарев Петр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>22-15</t>
   </si>
   <si>
     <t>27-06</t>
   </si>
   <si>
     <t>Тараненко Петр</t>
   </si>
   <si>
     <t>23-41</t>
   </si>
   <si>
     <t>Головашов Александр</t>
   </si>
   <si>
     <t>41-28</t>
   </si>
   <si>
+    <t>Сухинин Антон</t>
+  </si>
+  <si>
     <t>Меркурьев Евгений</t>
   </si>
   <si>
     <t>Нп</t>
-  </si>
-[...1 lines deleted...]
-    <t>Сухинин Антон</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Ватрушкин Александр</t>
   </si>
   <si>
     <t>Сачаков Вадим</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t>Ведров Сергей</t>
   </si>
   <si>
     <t>33-23</t>
   </si>
@@ -1118,105 +1118,105 @@
       <c r="L9" s="6">
         <v>33</v>
       </c>
       <c r="M9" s="8">
         <v>0</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>69</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>69</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>83</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>85</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
@@ -1653,51 +1653,51 @@
       </c>
       <c r="O30" s="7">
         <v>76</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>7</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>8</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7" t="s">
         <v>49</v>
       </c>
       <c r="O31" s="7">
         <v>37</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>29</v>
@@ -1723,51 +1723,51 @@
       </c>
       <c r="O32" s="7">
         <v>37</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>3</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>32</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>33</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
@@ -1777,78 +1777,78 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>37</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>47</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>54</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
@@ -1885,51 +1885,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>83</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>87</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>