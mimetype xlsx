--- v0 (2025-12-09)
+++ v1 (2026-03-04)
@@ -117,63 +117,63 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>24:40</t>
   </si>
   <si>
     <t>Дорощенко Григорий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>25:55</t>
   </si>
   <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Цёмик Евгений</t>
   </si>
   <si>
     <t>Бояркин Алексей</t>
   </si>
   <si>
     <t>Буянов Павел</t>
   </si>
   <si>
     <t>Реутов Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хулиганы»</t>
   </si>
   <si>
     <t>Брюханов Артем</t>
   </si>
   <si>
     <t>08:20</t>
   </si>
   <si>
     <t>38:30</t>
   </si>
@@ -1091,159 +1091,159 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>30</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>35</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>38</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>44</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>73</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>88</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1786,51 +1786,51 @@
       <c r="L34" s="7">
         <v>86</v>
       </c>
       <c r="M34" s="7">
         <v>90</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>29</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7"/>
       <c r="J35" s="7" t="s">
         <v>53</v>
       </c>
       <c r="K35" s="7">
         <v>17</v>
       </c>
       <c r="L35" s="7">
         <v>86</v>
       </c>
       <c r="M35" s="7">
         <v>90</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">