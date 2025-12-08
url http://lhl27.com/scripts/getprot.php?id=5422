--- v0 (2025-12-07)
+++ v1 (2025-12-08)
@@ -213,54 +213,54 @@
   <si>
     <t>Юн Михаил</t>
   </si>
   <si>
     <t>Расщупкин Александр</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Безнощенко Владимир</t>
   </si>
   <si>
     <t>Сердюков Никита</t>
   </si>
   <si>
     <t>Смирнов Алексей</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Смазнов Руслан</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Коваль Александр</t>
   </si>
   <si>
     <t>Хитров Владислав</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -2129,85 +2129,85 @@
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
         <v>98</v>
       </c>
       <c r="B49" s="12" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="K49" s="7"/>
       <c r="L49" s="7"/>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
       <c r="R49" s="7"/>
       <c r="S49" s="7"/>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="10">
         <v>98</v>
       </c>
       <c r="B50" s="12" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="14"/>
       <c r="G50" s="10" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="H50" s="10"/>
       <c r="I50" s="10"/>
       <c r="J50" s="10"/>
       <c r="K50" s="10"/>
       <c r="L50" s="10"/>
       <c r="M50" s="10"/>
       <c r="N50" s="10"/>
       <c r="O50" s="10"/>
       <c r="P50" s="10"/>
       <c r="Q50" s="10"/>
       <c r="R50" s="10"/>
       <c r="S50" s="10"/>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="7"/>
       <c r="B51" s="12"/>
       <c r="C51" s="13"/>
       <c r="D51" s="13"/>
       <c r="E51" s="13"/>
       <c r="F51" s="14"/>
       <c r="G51" s="7"/>
       <c r="H51" s="7"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>