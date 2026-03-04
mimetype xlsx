--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -108,57 +108,57 @@
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>0:43</t>
   </si>
   <si>
     <t>16:17</t>
   </si>
   <si>
     <t>Сырко Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>32:00</t>
   </si>
   <si>
     <t>36:24</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
+    <t>Андриевский Андрей</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...4 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>Смольцаренко Владимир</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Осипов Алексей</t>
   </si>
   <si>
     <t>Казачок Сергей</t>
   </si>
   <si>
     <t>Гвоздев Михаил</t>
   </si>
   <si>
     <t>Осипов Матвей</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
@@ -1040,115 +1040,115 @@
       <c r="B7" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>29</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>32</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1239,51 +1239,51 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>49</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>76</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1293,51 +1293,51 @@
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>79</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>83</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
@@ -1347,51 +1347,51 @@
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>87</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5"/>
       <c r="B20" s="12"/>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
@@ -1819,51 +1819,51 @@
       <c r="L34" s="7">
         <v>11</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>25</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H35" s="7">
         <v>6</v>
       </c>
       <c r="I35" s="7"/>
       <c r="J35" s="7" t="s">
         <v>58</v>
       </c>
       <c r="K35" s="7">
         <v>47</v>
       </c>
       <c r="L35" s="7">
         <v>0</v>
       </c>
       <c r="M35" s="7">
         <v>0</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
@@ -1910,51 +1910,51 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>41</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>47</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
@@ -2045,51 +2045,51 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>87</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>88</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>