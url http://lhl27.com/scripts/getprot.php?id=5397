--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -192,54 +192,54 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t>Шолохов Валерий</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>Сырко Александр</t>
   </si>
   <si>
     <t>36:40</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
+    <t>Андриевский Андрей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...1 lines deleted...]
-    <t>Андриевский Андрей</t>
   </si>
   <si>
     <t>Смольцаренко Владимир</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Лущиков Дмитрий</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Богданов Богдан</t>
   </si>
   <si>
     <t>Осипов Алексей</t>
   </si>
   <si>
     <t>Казачок Сергей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
@@ -1771,88 +1771,88 @@
       <c r="B32" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>29</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>