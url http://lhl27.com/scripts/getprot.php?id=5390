--- v0 (2025-12-07)
+++ v1 (2025-12-07)
@@ -159,54 +159,54 @@
   <si>
     <t>Насонов Владислав</t>
   </si>
   <si>
     <t>Ободов Виталий</t>
   </si>
   <si>
     <t>Симонов Вадим</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Емельянов Александр</t>
   </si>
   <si>
     <t>Ковалёв Станислав</t>
   </si>
   <si>
     <t>Поздняков Герман</t>
   </si>
   <si>
     <t>Шип Дмитрий</t>
   </si>
   <si>
+    <t>Чалков Игорь</t>
+  </si>
+  <si>
     <t>Чурилов Илья</t>
-  </si>
-[...1 lines deleted...]
-    <t>Чалков Игорь</t>
   </si>
   <si>
     <t>Есин Евгений</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Тен Алексей</t>
   </si>
   <si>
     <t>Лёушкин Даниил</t>
   </si>
   <si>
     <t>Зоренко Юрий</t>
   </si>
   <si>
     <t>Федоренко Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1483,78 +1483,78 @@
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>71</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>71</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>72</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>