--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -135,56 +135,56 @@
   <si>
     <t>Куюмчибашев Данил</t>
   </si>
   <si>
     <t>Мандыбура Михаил</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Франчук Михаил</t>
   </si>
   <si>
     <t>Моисеенков Александр</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Шарабарин Иван</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
     <t>Ивачев Александр</t>
   </si>
   <si>
-    <t>Ащеулов Александр</t>
-[...1 lines deleted...]
-  <si>
     <t>Абросимов Александр</t>
   </si>
   <si>
     <t>Колос Герман</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
     <t>Феденович Александр</t>
   </si>
   <si>
     <t>Сухоруков Артем</t>
   </si>
   <si>
     <t>Ягодкин Никита</t>
   </si>
   <si>
     <t>Рудаков Максим</t>
   </si>
   <si>
     <t>Шкедов Денис</t>
   </si>
   <si>
     <t>Логинов Сергей</t>
@@ -228,54 +228,54 @@
   <si>
     <t>Лямин Андрей</t>
   </si>
   <si>
     <t>44:30</t>
   </si>
   <si>
     <t>Ушаков Игорь</t>
   </si>
   <si>
     <t>44:45</t>
   </si>
   <si>
     <t>Писарь Данила</t>
   </si>
   <si>
     <t>Потарев Давид</t>
   </si>
   <si>
     <t>Филипчук Виталий</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
+    <t>Яковлев Сергей</t>
+  </si>
+  <si>
     <t>Федоренко Федор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Писарь Алексей</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1292,51 +1292,51 @@
       <c r="B16" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
@@ -2003,78 +2003,78 @@
       <c r="B39" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">