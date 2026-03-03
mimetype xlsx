--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -174,54 +174,54 @@
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>39:44</t>
   </si>
   <si>
     <t>Саломатин Дмитрий</t>
   </si>
   <si>
     <t>Писарев Артем</t>
   </si>
   <si>
     <t>Алексеев Даниил</t>
   </si>
   <si>
     <t>Ушаков Игорь</t>
   </si>
   <si>
     <t>Потарев Давид</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
+    <t>Яковлев Сергей</t>
+  </si>
+  <si>
     <t>Федоренко Федор</t>
-  </si>
-[...1 lines deleted...]
-    <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
     <t>Писарь Максим</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Егорычев Игорь</t>
   </si>
   <si>
     <t>Попов Илья</t>
   </si>
@@ -1791,78 +1791,78 @@
       <c r="B37" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">