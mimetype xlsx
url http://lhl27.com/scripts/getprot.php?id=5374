--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -213,54 +213,54 @@
   <si>
     <t>34-49</t>
   </si>
   <si>
     <t>44-03</t>
   </si>
   <si>
     <t>Куюмчибашев Данил</t>
   </si>
   <si>
     <t>41-34</t>
   </si>
   <si>
     <t>Мандыбура Михаил</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Франчук Михаил</t>
   </si>
   <si>
     <t>Шарабарин Иван</t>
   </si>
   <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
     <t>Ивачев Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
     <t>Рудаков Максим</t>
   </si>
   <si>
     <t>Логинов Сергей</t>
   </si>
   <si>
     <t>Баблюк Иван</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Растворцев Евгений</t>
   </si>
@@ -1954,51 +1954,51 @@
       <c r="B38" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">