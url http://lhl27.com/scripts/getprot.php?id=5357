--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -171,99 +171,99 @@
   <si>
     <t>Кван Виталий</t>
   </si>
   <si>
     <t>Котов Олег</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Дружба»</t>
   </si>
   <si>
     <t>Зуев Василий</t>
   </si>
   <si>
     <t>14-46</t>
   </si>
   <si>
     <t>06-34</t>
   </si>
   <si>
+    <t>Варзин Николай</t>
+  </si>
+  <si>
+    <t>20-47</t>
+  </si>
+  <si>
+    <t>Со Максим</t>
+  </si>
+  <si>
+    <t>26-47</t>
+  </si>
+  <si>
+    <t>Быков Максим</t>
+  </si>
+  <si>
+    <t>28-22</t>
+  </si>
+  <si>
+    <t>Серов Олег</t>
+  </si>
+  <si>
     <t>Шептун Дмитрий</t>
   </si>
   <si>
-    <t>20-47</t>
-[...19 lines deleted...]
-  <si>
     <t>Киселев Алексей</t>
   </si>
   <si>
     <t>Сологубов Максим</t>
   </si>
   <si>
     <t>Носков Алексей</t>
   </si>
   <si>
     <t>Маскалев Алексей</t>
   </si>
   <si>
     <t>Ким Виктор</t>
   </si>
   <si>
     <t>Кичигин Никита</t>
   </si>
   <si>
     <t>Гусак Артем</t>
   </si>
   <si>
+    <t>Муравьев Данил</t>
+  </si>
+  <si>
     <t>Кондратов Пвел</t>
-  </si>
-[...1 lines deleted...]
-    <t>Муравьев Данил</t>
   </si>
   <si>
     <t>Шушпанов Роман</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Линник Никита</t>
   </si>
   <si>
     <t>Харламов Артем</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1707,162 +1707,162 @@
         <v>97</v>
       </c>
       <c r="L31" s="7">
         <v>7</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>28</v>
       </c>
       <c r="O31" s="7">
         <v>15</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>41</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>54</v>
       </c>
       <c r="K32" s="7">
         <v>99</v>
       </c>
       <c r="L32" s="7">
         <v>15</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>56</v>
       </c>
       <c r="K33" s="7">
         <v>7</v>
       </c>
       <c r="L33" s="7">
         <v>99</v>
       </c>
       <c r="M33" s="7">
         <v>15</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>23</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
@@ -2034,78 +2034,78 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>97</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>97</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>99</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>