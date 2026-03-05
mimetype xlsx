--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -114,57 +114,57 @@
   <si>
     <t>09-29</t>
   </si>
   <si>
     <t>34-16</t>
   </si>
   <si>
     <t>Дудурич Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>29-24</t>
   </si>
   <si>
     <t>37-02</t>
   </si>
   <si>
     <t>Лупин Владислав</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
+    <t>Спивак Иван</t>
+  </si>
+  <si>
     <t>Политыкин Александр</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Спивак Иван</t>
   </si>
   <si>
     <t>Бурмако Илья</t>
   </si>
   <si>
     <t>Люкшина Аполлинария</t>
   </si>
   <si>
     <t>Савва Артём</t>
   </si>
   <si>
     <t>Золтуев Константин</t>
   </si>
   <si>
     <t>Наделяев Александр</t>
   </si>
   <si>
     <t>Михайлов Владимир</t>
   </si>
   <si>
     <t>Ледов Алексей</t>
   </si>
   <si>
     <t>Синёв Алексей</t>
   </si>
@@ -1106,78 +1106,78 @@
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>12</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>12</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>17</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1403,51 +1403,51 @@
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>75</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>77</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
@@ -1677,51 +1677,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>3</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K30" s="7">
         <v>7</v>
       </c>
       <c r="L30" s="7">
         <v>69</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>53</v>
       </c>
       <c r="O30" s="7">
         <v>11</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
@@ -2218,51 +2218,51 @@
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
         <v>98</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="K49" s="7"/>
       <c r="L49" s="7"/>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
       <c r="R49" s="7"/>
       <c r="S49" s="7"/>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="10"/>
       <c r="B50" s="12"/>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="14"/>
       <c r="G50" s="10"/>
       <c r="H50" s="10"/>
       <c r="I50" s="10"/>
       <c r="J50" s="10"/>