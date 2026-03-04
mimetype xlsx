--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -210,54 +210,54 @@
   <si>
     <t>28:56</t>
   </si>
   <si>
     <t>16:35</t>
   </si>
   <si>
     <t>Корзов Никита</t>
   </si>
   <si>
     <t>34:45</t>
   </si>
   <si>
     <t>Рыбин Марк</t>
   </si>
   <si>
     <t>42:11</t>
   </si>
   <si>
     <t>Жульмагамбетов Андрей</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
     <t>Ушаков Игорь</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ащеулов Александр</t>
   </si>
   <si>
     <t>Шидий Валерий</t>
   </si>
   <si>
     <t>Иваничкин Иван</t>
   </si>
   <si>
     <t>Ершов Илья</t>
   </si>
   <si>
     <t>Качесов Олег</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Чайка Максим</t>
   </si>
@@ -1829,51 +1829,51 @@
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>22</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>35</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>61</v>
       </c>
       <c r="O33" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>1</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>25</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H34" s="7"/>
@@ -1896,88 +1896,88 @@
       <c r="B35" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>71</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>