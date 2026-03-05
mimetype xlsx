--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -159,81 +159,81 @@
   <si>
     <t>33:14</t>
   </si>
   <si>
     <t>Луговой Дмитрий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>41:58</t>
   </si>
   <si>
     <t>Ким Василий</t>
   </si>
   <si>
     <t>Ломов Артем</t>
   </si>
   <si>
     <t>Курдыш Андрей</t>
   </si>
   <si>
     <t>Кирпота Андрей</t>
   </si>
   <si>
+    <t>Зокожурников Виталий</t>
+  </si>
+  <si>
+    <t>Никлонский Максим</t>
+  </si>
+  <si>
     <t>Бородин Анатолий</t>
   </si>
   <si>
-    <t>Зокожурников Виталий</t>
-[...4 lines deleted...]
-  <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Восход»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Дудурич Дмитрий</t>
   </si>
   <si>
     <t>Лупин Владислав</t>
   </si>
   <si>
+    <t>Политыкин Александр</t>
+  </si>
+  <si>
     <t>Спивак Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Политыкин Александр</t>
   </si>
   <si>
     <t>Бурмако Илья</t>
   </si>
   <si>
     <t>Анасьев Евгений</t>
   </si>
   <si>
     <t>Золтуев Константин</t>
   </si>
   <si>
     <t>Наделяев Александр</t>
   </si>
   <si>
     <t>Шаронин Андрей</t>
   </si>
   <si>
     <t>Ледов Алексей</t>
   </si>
   <si>
     <t>Синёв Алексей</t>
   </si>
   <si>
     <t>Швецов Дмитрий</t>
   </si>
@@ -1367,115 +1367,115 @@
       <c r="B17" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>32</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5"/>
       <c r="B21" s="12"/>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5"/>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
@@ -1787,78 +1787,78 @@
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>12</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>12</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>17</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>