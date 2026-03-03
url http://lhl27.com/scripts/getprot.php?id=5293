--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -1127,51 +1127,51 @@
       <c r="B11" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">