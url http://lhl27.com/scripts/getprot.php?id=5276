--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -948,51 +948,51 @@
       <c r="B5" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="13"/>
       <c r="D5" s="13"/>
       <c r="E5" s="13"/>
       <c r="F5" s="14"/>
       <c r="G5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="6"/>
       <c r="I5" s="5"/>
       <c r="J5" s="5"/>
       <c r="K5" s="5"/>
       <c r="L5" s="5"/>
       <c r="M5" s="8"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="6"/>
       <c r="Q5" s="6"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="8"/>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">