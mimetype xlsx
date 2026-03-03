--- v0 (2025-12-09)
+++ v1 (2026-03-03)
@@ -174,63 +174,63 @@
   <si>
     <t>Каменев Дмитрий</t>
   </si>
   <si>
     <t>Быцура Алексей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Дружба»</t>
   </si>
   <si>
     <t>Максимов Кирилл</t>
   </si>
   <si>
     <t>03:30</t>
   </si>
   <si>
     <t>26:30</t>
   </si>
   <si>
+    <t>Со Максим</t>
+  </si>
+  <si>
+    <t>12:00</t>
+  </si>
+  <si>
+    <t>Быков Максим</t>
+  </si>
+  <si>
+    <t>16:15</t>
+  </si>
+  <si>
     <t>Шептун Дмитрий</t>
-  </si>
-[...10 lines deleted...]
-    <t>Быков Максим</t>
   </si>
   <si>
     <t>17:50</t>
   </si>
   <si>
     <t>Киселев Алексей</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>41:30</t>
   </si>
   <si>
     <t>Сологубов Максим</t>
   </si>
   <si>
     <t>Носков Алексей</t>
   </si>
   <si>
     <t>Маскалев Алексей</t>
   </si>
   <si>
     <t>Кривошенин Олег</t>
   </si>
@@ -1676,125 +1676,125 @@
         <v>7</v>
       </c>
       <c r="L30" s="7">
         <v>96</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>51</v>
       </c>
       <c r="O30" s="7">
         <v>9</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>3</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>53</v>
       </c>
       <c r="K31" s="7">
         <v>2</v>
       </c>
       <c r="L31" s="7">
         <v>96</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>55</v>
       </c>
       <c r="K32" s="7">
         <v>7</v>
       </c>
       <c r="L32" s="7">
         <v>9</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K33" s="7">
         <v>96</v>
       </c>
       <c r="L33" s="7">
         <v>99</v>
       </c>
       <c r="M33" s="7">