--- v0 (2025-12-06)
+++ v1 (2025-12-08)
@@ -126,90 +126,90 @@
   <si>
     <t>Дорофеев Евгений</t>
   </si>
   <si>
     <t>36:00</t>
   </si>
   <si>
     <t>Коробков Роман</t>
   </si>
   <si>
     <t>38:00</t>
   </si>
   <si>
     <t>Малахов Виталий</t>
   </si>
   <si>
     <t>Бабич Илья</t>
   </si>
   <si>
     <t>Рыженков Дмитрий</t>
   </si>
   <si>
     <t>Базалий Максим</t>
   </si>
   <si>
+    <t>Глушков Максим</t>
+  </si>
+  <si>
     <t>Бордаковский Александр</t>
   </si>
   <si>
-    <t>Глушков Максим</t>
-[...1 lines deleted...]
-  <si>
     <t>Пименов Евгений</t>
   </si>
   <si>
     <t>Агапов Сергей</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Куделин Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Малахов Егор</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Перелыгин Максим</t>
   </si>
   <si>
     <t>Нагишев Михаил</t>
   </si>
   <si>
     <t>Писарев Павел</t>
   </si>
   <si>
+    <t>Устимов Константин</t>
+  </si>
+  <si>
     <t>Юн Олег</t>
-  </si>
-[...1 lines deleted...]
-    <t>Устимов Константин</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Барсы»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>16:05</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
   <si>
     <t>Лапаник Виталий</t>
   </si>
@@ -1240,78 +1240,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>15</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>15</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>16</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1537,78 +1537,78 @@
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="5">
         <v>36</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="14"/>
       <c r="G24" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="8"/>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
       <c r="P24" s="6"/>
       <c r="Q24" s="6"/>
       <c r="R24" s="6"/>
       <c r="S24" s="6"/>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" s="10">
         <v>36</v>
       </c>
       <c r="B25" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C25" s="13"/>
       <c r="D25" s="13"/>
       <c r="E25" s="13"/>
       <c r="F25" s="14"/>
       <c r="G25" s="10" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H25" s="10"/>
       <c r="I25" s="10"/>
       <c r="J25" s="10"/>
       <c r="K25" s="10"/>
       <c r="L25" s="10"/>
       <c r="M25" s="10"/>
       <c r="N25" s="10"/>
       <c r="O25" s="10"/>
       <c r="P25" s="10"/>
       <c r="Q25" s="10"/>
       <c r="R25" s="10"/>
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="5">
         <v>71</v>
       </c>
       <c r="B26" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="14"/>