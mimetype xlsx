--- v1 (2025-12-08)
+++ v2 (2026-03-04)
@@ -126,54 +126,54 @@
   <si>
     <t>Дорофеев Евгений</t>
   </si>
   <si>
     <t>36:00</t>
   </si>
   <si>
     <t>Коробков Роман</t>
   </si>
   <si>
     <t>38:00</t>
   </si>
   <si>
     <t>Малахов Виталий</t>
   </si>
   <si>
     <t>Бабич Илья</t>
   </si>
   <si>
     <t>Рыженков Дмитрий</t>
   </si>
   <si>
     <t>Базалий Максим</t>
   </si>
   <si>
+    <t>Бордаковский Александр</t>
+  </si>
+  <si>
     <t>Глушков Максим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бордаковский Александр</t>
   </si>
   <si>
     <t>Пименов Евгений</t>
   </si>
   <si>
     <t>Агапов Сергей</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Куделин Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Малахов Егор</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Перелыгин Максим</t>
   </si>
@@ -1240,78 +1240,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>15</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>15</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>16</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>