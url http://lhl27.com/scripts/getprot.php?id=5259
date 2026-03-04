--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId4"/>
     <sheet name="Лист2" sheetId="2" r:id="rId5"/>
     <sheet name="Лист3" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>ОФИЦИАЛЬНЫЙ  ПРОТОКОЛ  МАТЧА «Рубеж» Vs «Транснефть»</t>
   </si>
   <si>
     <t>2023-2024 Вторая лига</t>
   </si>
   <si>
     <t>ОБД</t>
   </si>
   <si>
     <t>Дата 05.10.2023</t>
   </si>
   <si>
     <t>Начало 19.30</t>
   </si>
   <si>
     <t xml:space="preserve">Игра 21/2 </t>
   </si>
   <si>
     <t>Команда « А » «Рубеж»</t>
   </si>
   <si>
     <t>Взятие ворот</t>
   </si>
   <si>
@@ -106,53 +106,50 @@
     <t>Давыдов Марк</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>05:30</t>
   </si>
   <si>
     <t>Манилов Александр</t>
   </si>
   <si>
     <t>27:30</t>
   </si>
   <si>
     <t>Садовников Сергей</t>
   </si>
   <si>
     <t>Кукало Анастасия</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Рагозин Радислав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Вр</t>
   </si>
   <si>
     <t>Трунова Наталья</t>
   </si>
   <si>
     <t>Небрат Денис</t>
   </si>
   <si>
     <t>Юн Михаил</t>
   </si>
   <si>
     <t>Тен Владимир</t>
   </si>
   <si>
     <t>Аникин Владислав</t>
   </si>
   <si>
     <t>Смирнов Алексей</t>
   </si>
   <si>
     <t>Пышненко Артем</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -975,233 +972,233 @@
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
         <v>30</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>33</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>44</v>
       </c>
       <c r="B11" s="12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>59</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>80</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>84</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>89</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>97</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5"/>
       <c r="B17" s="12"/>
       <c r="C17" s="13"/>
@@ -1391,76 +1388,76 @@
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="5"/>
       <c r="B26" s="12"/>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="14"/>
       <c r="G26" s="5"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
       <c r="L26" s="6"/>
       <c r="M26" s="8"/>
       <c r="N26" s="6"/>
       <c r="O26" s="6"/>
       <c r="P26" s="6"/>
       <c r="Q26" s="6"/>
       <c r="R26" s="6"/>
       <c r="S26" s="6"/>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B27" s="15"/>
       <c r="C27" s="15"/>
       <c r="D27" s="15"/>
       <c r="E27" s="15"/>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15"/>
       <c r="K27" s="15"/>
       <c r="L27" s="15" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="M27" s="15"/>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27" s="15"/>
       <c r="S27" s="15"/>
     </row>
     <row r="28" spans="1:19" customHeight="1" ht="12" s="3" customFormat="1">
       <c r="A28" s="17" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="18" t="s">
         <v>7</v>
       </c>
       <c r="I28" s="18"/>
       <c r="J28" s="18"/>
       <c r="K28" s="18"/>
       <c r="L28" s="18"/>
       <c r="M28" s="18"/>
       <c r="N28" s="18" t="s">
         <v>8</v>
       </c>
       <c r="O28" s="18"/>
       <c r="P28" s="18"/>
       <c r="Q28" s="18"/>
       <c r="R28" s="18"/>
       <c r="S28" s="18"/>
     </row>
     <row r="29" spans="1:19">
@@ -2028,64 +2025,64 @@
       <c r="S50" s="10"/>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="7"/>
       <c r="B51" s="12"/>
       <c r="C51" s="13"/>
       <c r="D51" s="13"/>
       <c r="E51" s="13"/>
       <c r="F51" s="14"/>
       <c r="G51" s="7"/>
       <c r="H51" s="7"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>
       <c r="K51" s="7"/>
       <c r="L51" s="7"/>
       <c r="M51" s="7"/>
       <c r="N51" s="7"/>
       <c r="O51" s="7"/>
       <c r="P51" s="7"/>
       <c r="Q51" s="7"/>
       <c r="R51" s="7"/>
       <c r="S51" s="7"/>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B52" s="15"/>
       <c r="C52" s="15"/>
       <c r="D52" s="15"/>
       <c r="E52" s="15"/>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15"/>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15"/>
       <c r="L52" s="15" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="M52" s="15"/>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" s="15"/>
       <c r="S52" s="15"/>
     </row>
     <row r="53" spans="1:19">
       <c r="A53" s="11"/>
       <c r="B53" s="11"/>
       <c r="C53" s="11"/>
       <c r="D53" s="11"/>
       <c r="E53" s="11"/>
       <c r="F53" s="11"/>
       <c r="G53" s="11"/>
       <c r="H53" s="11"/>
       <c r="I53" s="11"/>
       <c r="J53" s="11"/>
       <c r="K53" s="11"/>
       <c r="L53" s="11"/>
       <c r="M53" s="11"/>
       <c r="N53" s="11"/>
       <c r="O53" s="11"/>
@@ -2095,84 +2092,84 @@
       <c r="S53" s="11"/>
     </row>
     <row r="54" spans="1:19">
       <c r="A54" s="11"/>
       <c r="B54" s="11"/>
       <c r="C54" s="11"/>
       <c r="D54" s="11"/>
       <c r="E54" s="11"/>
       <c r="F54" s="11"/>
       <c r="G54" s="11"/>
       <c r="H54" s="11"/>
       <c r="I54" s="11"/>
       <c r="J54" s="11"/>
       <c r="K54" s="11"/>
       <c r="L54" s="11"/>
       <c r="M54" s="11"/>
       <c r="N54" s="11"/>
       <c r="O54" s="11"/>
       <c r="P54" s="11"/>
       <c r="Q54" s="11"/>
       <c r="R54" s="11"/>
       <c r="S54" s="11"/>
     </row>
     <row r="55" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A55" s="19" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B55" s="19"/>
       <c r="C55" s="19"/>
       <c r="D55" s="19"/>
       <c r="E55" s="19"/>
       <c r="F55" s="19"/>
       <c r="G55" s="20" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="H55" s="20"/>
       <c r="I55" s="20"/>
       <c r="J55" s="20"/>
       <c r="K55" s="20"/>
       <c r="L55" s="20"/>
       <c r="M55" s="20"/>
       <c r="N55" s="20"/>
       <c r="O55" s="20"/>
       <c r="P55" s="20" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="Q55" s="20"/>
       <c r="R55" s="20"/>
       <c r="S55" s="20"/>
     </row>
     <row r="56" spans="1:19" customHeight="1" ht="12" s="9" customFormat="1">
       <c r="A56" s="21"/>
       <c r="B56" s="21"/>
       <c r="C56" s="21"/>
       <c r="D56" s="21"/>
       <c r="E56" s="21"/>
       <c r="F56" s="22"/>
       <c r="G56" s="23" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="H56" s="23"/>
       <c r="I56" s="23"/>
       <c r="J56" s="23"/>
       <c r="K56" s="23"/>
       <c r="L56" s="23"/>
       <c r="M56" s="23"/>
       <c r="N56" s="23"/>
       <c r="O56" s="23"/>
       <c r="P56" s="23"/>
       <c r="Q56" s="23"/>
       <c r="R56" s="23"/>
       <c r="S56" s="23"/>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="21"/>
       <c r="B57" s="21"/>
       <c r="C57" s="21"/>
       <c r="D57" s="21"/>
       <c r="E57" s="21"/>
       <c r="F57" s="22"/>
       <c r="G57" s="23"/>
       <c r="H57" s="23"/>
       <c r="I57" s="23"/>
       <c r="J57" s="23"/>