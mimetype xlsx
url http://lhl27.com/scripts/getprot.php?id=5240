--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -186,114 +186,114 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Дружба»</t>
   </si>
   <si>
     <t>Максимов Кирилл</t>
   </si>
   <si>
     <t>04-36</t>
   </si>
   <si>
     <t>17-26</t>
   </si>
   <si>
     <t>Зуев Василий</t>
   </si>
   <si>
     <t>09-42</t>
   </si>
   <si>
+    <t>Варзин Николай</t>
+  </si>
+  <si>
+    <t>16-26</t>
+  </si>
+  <si>
+    <t>Со Максим</t>
+  </si>
+  <si>
+    <t>21-30</t>
+  </si>
+  <si>
+    <t>Быков Максим</t>
+  </si>
+  <si>
+    <t>38-40</t>
+  </si>
+  <si>
+    <t>Сизов Дмитрий</t>
+  </si>
+  <si>
+    <t>Серов Олег</t>
+  </si>
+  <si>
+    <t>Лазарев Максим</t>
+  </si>
+  <si>
     <t>Шептун Дмитрий</t>
   </si>
   <si>
-    <t>16-26</t>
-[...25 lines deleted...]
-  <si>
     <t>Киселев Алексей</t>
   </si>
   <si>
     <t>Миногин Владимир</t>
   </si>
   <si>
     <t>Переверзев Андрей</t>
   </si>
   <si>
     <t>Сологубов Максим</t>
   </si>
   <si>
     <t>Носков Алексей</t>
   </si>
   <si>
     <t>Маскалев Алексей</t>
   </si>
   <si>
     <t>Кривошенин Олег</t>
   </si>
   <si>
     <t>Ким Виктор</t>
   </si>
   <si>
     <t>Петренко Дмитрий</t>
   </si>
   <si>
     <t>Резанов Константин</t>
   </si>
   <si>
+    <t>Макий Павел</t>
+  </si>
+  <si>
     <t>Гаманюк Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Макий Павел</t>
   </si>
   <si>
     <t>Кичигин Никита</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1784,216 +1784,216 @@
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>57</v>
       </c>
       <c r="K32" s="7">
         <v>48</v>
       </c>
       <c r="L32" s="7">
         <v>0</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7"/>
       <c r="J33" s="7" t="s">
         <v>59</v>
       </c>
       <c r="K33" s="7">
         <v>13</v>
       </c>
       <c r="L33" s="7">
         <v>0</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H34" s="7">
         <v>5</v>
       </c>
       <c r="I34" s="7"/>
       <c r="J34" s="7" t="s">
         <v>61</v>
       </c>
       <c r="K34" s="7">
         <v>13</v>
       </c>
       <c r="L34" s="7">
         <v>0</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>23</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
@@ -2246,78 +2246,78 @@
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
         <v>81</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>76</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="K49" s="7"/>
       <c r="L49" s="7"/>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
       <c r="R49" s="7"/>
       <c r="S49" s="7"/>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="10">
         <v>81</v>
       </c>
       <c r="B50" s="12" t="s">
         <v>77</v>
       </c>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="14"/>
       <c r="G50" s="10" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H50" s="10"/>
       <c r="I50" s="10"/>
       <c r="J50" s="10"/>
       <c r="K50" s="10"/>
       <c r="L50" s="10"/>
       <c r="M50" s="10"/>
       <c r="N50" s="10"/>
       <c r="O50" s="10"/>
       <c r="P50" s="10"/>
       <c r="Q50" s="10"/>
       <c r="R50" s="10"/>
       <c r="S50" s="10"/>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="7">
         <v>83</v>
       </c>
       <c r="B51" s="12" t="s">
         <v>78</v>
       </c>
       <c r="C51" s="13"/>
       <c r="D51" s="13"/>
       <c r="E51" s="13"/>
       <c r="F51" s="14"/>