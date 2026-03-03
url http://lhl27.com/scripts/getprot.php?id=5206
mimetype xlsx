--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -192,57 +192,57 @@
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>42:30</t>
   </si>
   <si>
     <t>22:06</t>
   </si>
   <si>
     <t>Сырко Александр</t>
   </si>
   <si>
     <t>23:40</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>38:40</t>
   </si>
   <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
+    <t>44:44</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...4 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Богданов Богдан</t>
   </si>
   <si>
     <t>Григоров Сергей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
   <si>
     <t>Глухов Денис</t>
   </si>
@@ -1722,134 +1722,134 @@
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>8</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7" t="s">
         <v>55</v>
       </c>
       <c r="O31" s="7">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>6</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>17</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O32" s="7">
         <v>8</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>1</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>59</v>
       </c>
       <c r="O33" s="7">
         <v>97</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>7</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
@@ -1913,51 +1913,51 @@
       <c r="B37" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>41</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">