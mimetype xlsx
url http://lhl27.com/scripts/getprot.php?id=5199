--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -135,114 +135,114 @@
   <si>
     <t>33:39</t>
   </si>
   <si>
     <t>44:03</t>
   </si>
   <si>
     <t>Мишустин Степан</t>
   </si>
   <si>
     <t>Кайнов Константин</t>
   </si>
   <si>
     <t>Туманков Андрей</t>
   </si>
   <si>
     <t>Ющенко Дмитрий</t>
   </si>
   <si>
     <t>Кочетков Алексей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Черепанов Вячеслав</t>
   </si>
   <si>
     <t>Бояркин Алексей</t>
   </si>
   <si>
     <t>Шелыганов Вадим</t>
   </si>
   <si>
     <t>Буянов Павел</t>
   </si>
   <si>
     <t>Гулевич Владислав</t>
   </si>
   <si>
     <t>Шерстнев Виталий</t>
   </si>
   <si>
-    <t>Вр</t>
-[...1 lines deleted...]
-  <si>
     <t>Дорощенко Дмитрий</t>
   </si>
   <si>
     <t>Несветов Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>Сырко Александр</t>
   </si>
   <si>
     <t>16:04</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>30:55</t>
   </si>
   <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
+    <t>БП</t>
+  </si>
+  <si>
+    <t>45:00</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...7 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Богданов Богдан</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
   <si>
     <t>Киркалов Михаил</t>
   </si>
   <si>
     <t>Емпольский Станислав</t>
   </si>
@@ -1206,213 +1206,213 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>30</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>33</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>38</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>41</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>44</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>48</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>83</v>
       </c>
       <c r="B19" s="12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>88</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
@@ -1778,98 +1778,98 @@
         <v>32</v>
       </c>
       <c r="L32" s="7">
         <v>0</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>24</v>
       </c>
       <c r="O32" s="7">
         <v>91</v>
       </c>
       <c r="P32" s="7">
         <v>5</v>
       </c>
       <c r="Q32" s="7">
         <v>42</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H33" s="7">
         <v>4</v>
       </c>
       <c r="I33" s="7" t="s">
         <v>58</v>
       </c>
       <c r="J33" s="7" t="s">
         <v>59</v>
       </c>
       <c r="K33" s="7">
         <v>32</v>
       </c>
       <c r="L33" s="7">
         <v>0</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7" t="s">
         <v>24</v>
       </c>
       <c r="O33" s="7">
         <v>91</v>
       </c>
       <c r="P33" s="7">
         <v>20</v>
       </c>
       <c r="Q33" s="7">
         <v>40</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
@@ -1916,51 +1916,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>40</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>54</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
@@ -2051,51 +2051,51 @@
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>91</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>97</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>