--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -192,54 +192,54 @@
   <si>
     <t>Ведров Сергей</t>
   </si>
   <si>
     <t>43:44</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>Сырко Александр</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>23:10</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
     <t>25:00</t>
   </si>
   <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Пыхалов Михаил</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Григоров Сергей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
   <si>
     <t>Безруков Станислав</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
   <si>
     <t>Глухов Денис</t>
   </si>
@@ -1789,86 +1789,86 @@
         <v>27</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O33" s="7">
         <v>37</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>1</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
         <v>29</v>
       </c>
       <c r="O34" s="7">
         <v>91</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>9</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
@@ -1905,51 +1905,51 @@
       <c r="B37" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>27</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">