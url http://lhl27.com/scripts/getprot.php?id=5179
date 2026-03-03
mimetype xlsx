--- v0 (2025-12-09)
+++ v1 (2026-03-03)
@@ -189,54 +189,54 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Синергия»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>19:13</t>
   </si>
   <si>
     <t>Ведров Сергей</t>
   </si>
   <si>
     <t>21:37</t>
   </si>
   <si>
     <t>Сырко Александр</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Григоров Сергей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Трегубенко Максим</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
   <si>
     <t>Глухов Денис</t>
   </si>
   <si>
     <t>Бердников Виктор</t>
   </si>
   <si>
     <t>Киркалов Михаил</t>
   </si>
@@ -1664,51 +1664,51 @@
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7"/>
       <c r="B30" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7"/>
       <c r="H30" s="7"/>
       <c r="I30" s="7"/>
       <c r="J30" s="7"/>
       <c r="K30" s="7"/>
       <c r="L30" s="7"/>
       <c r="M30" s="7"/>
       <c r="N30" s="7" t="s">
         <v>52</v>
       </c>
       <c r="O30" s="7">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>2</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H31" s="7"/>
@@ -1766,78 +1766,78 @@
       <c r="B33" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
@@ -1847,51 +1847,51 @@
       <c r="B36" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">