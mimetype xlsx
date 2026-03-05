--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -165,57 +165,57 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хабаровские медведи»</t>
   </si>
   <si>
     <t>Свищев Иван</t>
   </si>
   <si>
     <t>43-16</t>
   </si>
   <si>
     <t>00-57</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>44-02</t>
   </si>
   <si>
     <t>12-53</t>
   </si>
   <si>
+    <t>Гутов Иван</t>
+  </si>
+  <si>
+    <t>13-37</t>
+  </si>
+  <si>
     <t>Зорин Никита</t>
-  </si>
-[...4 lines deleted...]
-    <t>Гутов Иван</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Панов Александр</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Пешков Алексей</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>Семенов Андрей</t>
   </si>
@@ -1680,86 +1680,86 @@
       </c>
       <c r="O31" s="7">
         <v>14</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>8</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>14</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O32" s="7">
         <v>89</v>
       </c>
       <c r="P32" s="7">
         <v>5</v>
       </c>
       <c r="Q32" s="7">
         <v>45</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>14</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O33" s="7">
         <v>89</v>
       </c>
       <c r="P33" s="7">
         <v>20</v>
       </c>
       <c r="Q33" s="7">
         <v>40</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>16</v>