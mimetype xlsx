--- v0 (2026-03-05)
+++ v1 (2026-03-06)
@@ -183,57 +183,57 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>33:00</t>
   </si>
   <si>
     <t>24:00</t>
   </si>
   <si>
     <t>37:00</t>
   </si>
   <si>
     <t>Тарасов Андрей</t>
   </si>
   <si>
     <t>42:00</t>
   </si>
   <si>
     <t>Аксиненко Олег</t>
   </si>
   <si>
+    <t>Кумыков Андрей</t>
+  </si>
+  <si>
+    <t>Ванифатьев Артем</t>
+  </si>
+  <si>
     <t>Казаченок Руслан</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ванифатьев Артем</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Васильченко Алексей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Зверев Евгений</t>
   </si>
   <si>
     <t>Баськов Денис</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>