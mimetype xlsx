--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -198,78 +198,78 @@
   <si>
     <t>Свищев Иван</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>08:00</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>21:30</t>
   </si>
   <si>
     <t>20:30</t>
   </si>
   <si>
     <t>Заикин Илья</t>
   </si>
   <si>
     <t>28:07</t>
   </si>
   <si>
+    <t>Гутов Иван</t>
+  </si>
+  <si>
+    <t>41:05</t>
+  </si>
+  <si>
     <t>Зорин Никита</t>
   </si>
   <si>
-    <t>41:05</t>
-[...4 lines deleted...]
-  <si>
     <t>Панов Александр</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Бучакчийский Андрей</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Пешков Алексей</t>
   </si>
   <si>
+    <t>Ромашков Ярослав</t>
+  </si>
+  <si>
     <t>Семенов Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ромашков Ярослав</t>
   </si>
   <si>
     <t>Гущин Артем</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Попов Илья</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -1836,86 +1836,86 @@
       </c>
       <c r="O33" s="7">
         <v>51</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>1</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>14</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
         <v>61</v>
       </c>
       <c r="O34" s="7">
         <v>14</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>2</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>14</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>19</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
@@ -2033,78 +2033,78 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>89</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>89</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>93</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>