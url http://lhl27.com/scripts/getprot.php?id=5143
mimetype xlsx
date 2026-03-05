--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -192,57 +192,57 @@
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>32:25</t>
   </si>
   <si>
     <t>Саломатин Дмитрий</t>
   </si>
   <si>
     <t>42:38</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Писарев Артем</t>
   </si>
   <si>
     <t>Ушаков Игорь</t>
   </si>
   <si>
     <t>Филипчук Виталий</t>
   </si>
   <si>
+    <t>Яковлев Сергей</t>
+  </si>
+  <si>
+    <t>Путин Евгений</t>
+  </si>
+  <si>
     <t>Федоренко Федор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Путин Евгений</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
   <si>
     <t>Писарь Максим</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Чайка Максим</t>
   </si>
 </sst>
 </file>
 
@@ -1782,51 +1782,51 @@
       <c r="L34" s="7">
         <v>0</v>
       </c>
       <c r="M34" s="7">
         <v>0</v>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>30</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>34</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
@@ -1880,105 +1880,105 @@
       <c r="B38" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">