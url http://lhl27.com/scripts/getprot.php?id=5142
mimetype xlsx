--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -189,57 +189,57 @@
   <si>
     <t>Харченко Михаил</t>
   </si>
   <si>
     <t>Пилюгин Дмитрий</t>
   </si>
   <si>
     <t>Стасенко Александр</t>
   </si>
   <si>
     <t>Первов Михаил</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>Писарев Артем</t>
   </si>
   <si>
     <t>Ушаков Игорь</t>
   </si>
   <si>
     <t>Филипчук Виталий</t>
   </si>
   <si>
+    <t>Яковлев Сергей</t>
+  </si>
+  <si>
+    <t>Путин Евгений</t>
+  </si>
+  <si>
     <t>Федоренко Федор</t>
-  </si>
-[...4 lines deleted...]
-    <t>Путин Евгений</t>
   </si>
   <si>
     <t>Филипчук Анатолий</t>
   </si>
   <si>
     <t>Писарь Максим</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
   <si>
     <t>Новгородцев Илья</t>
   </si>
 </sst>
 </file>
 
@@ -1861,105 +1861,105 @@
       <c r="B38" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">