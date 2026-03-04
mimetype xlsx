--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -105,54 +105,54 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>28:00</t>
   </si>
   <si>
     <t>23:10</t>
   </si>
   <si>
     <t>Сырко Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>32:20</t>
   </si>
   <si>
     <t>44:25</t>
   </si>
   <si>
     <t>Пляскин Михаил</t>
   </si>
   <si>
+    <t>Дмитриев Сергей</t>
+  </si>
+  <si>
     <t>Коршунов Артём</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дмитриев Сергей</t>
   </si>
   <si>
     <t>Шаров Андрей</t>
   </si>
   <si>
     <t>Богданов Богдан</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Григоров Сергей</t>
   </si>
   <si>
     <t>Московцев Сергей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Смолягин Кирилл</t>
   </si>
   <si>
     <t>Глухов Денис</t>
   </si>
@@ -1013,78 +1013,78 @@
       <c r="B7" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
@@ -1121,51 +1121,51 @@
       <c r="B11" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
         <v>33</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">