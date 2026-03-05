--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -126,63 +126,63 @@
   <si>
     <t>26:20</t>
   </si>
   <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
     <t>34:30</t>
   </si>
   <si>
     <t>30:47</t>
   </si>
   <si>
     <t>Козлов Виталий</t>
   </si>
   <si>
     <t>43-20</t>
   </si>
   <si>
     <t>Рикусов Вячеслав</t>
   </si>
   <si>
     <t>43:30</t>
   </si>
   <si>
+    <t>Сенякин Владислав</t>
+  </si>
+  <si>
+    <t>43-30</t>
+  </si>
+  <si>
     <t>Кислов Александр</t>
   </si>
   <si>
-    <t>43-30</t>
-[...2 lines deleted...]
-    <t>Сенякин Владислав</t>
+    <t>Гордеева Дарья</t>
   </si>
   <si>
     <t>Ковтун Лев</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гордеева Дарья</t>
   </si>
   <si>
     <t>Ледовский Алексей</t>
   </si>
   <si>
     <t>Елисеев Иван</t>
   </si>
   <si>
     <t>Жариков Валерий</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Дружба»</t>
   </si>
   <si>
     <t>Варзин Николай</t>
   </si>