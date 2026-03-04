--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -1095,51 +1095,51 @@
       <c r="H8" s="6">
         <v>4</v>
       </c>
       <c r="I8" s="6"/>
       <c r="J8" s="6" t="s">
         <v>32</v>
       </c>
       <c r="K8" s="6">
         <v>87</v>
       </c>
       <c r="L8" s="6">
         <v>71</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="6">
         <v>5</v>
       </c>
       <c r="I9" s="6"/>
       <c r="J9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="K9" s="6">
         <v>97</v>
       </c>
       <c r="L9" s="6">
         <v>0</v>
       </c>
       <c r="M9" s="8">
@@ -1250,51 +1250,51 @@
       <c r="B13" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">