--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -1188,51 +1188,51 @@
       <c r="B12" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">